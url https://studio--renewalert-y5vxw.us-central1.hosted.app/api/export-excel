--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Name</v>
       </c>
       <c r="B1" t="str">
         <v>Identifier</v>
       </c>
       <c r="C1" t="str">
         <v>Category</v>
       </c>
       <c r="D1" t="str">
         <v>Provider</v>
       </c>
       <c r="E1" t="str">
         <v>Last Renewal Date</v>
       </c>
       <c r="F1" t="str">
         <v>Expiry Date</v>
       </c>
       <c r="G1" t="str">
         <v>Reminder (Days)</v>
@@ -504,863 +504,834 @@
       </c>
       <c r="C3" t="str">
         <v>Car Insurance</v>
       </c>
       <c r="D3" t="str">
         <v>HDFC ERGO</v>
       </c>
       <c r="E3" t="str">
         <v>2025-03-26</v>
       </c>
       <c r="F3" t="str">
         <v>2026-03-25</v>
       </c>
       <c r="G3">
         <v>7</v>
       </c>
       <c r="H3" t="str">
         <v/>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>Uniform</v>
+        <v>Family</v>
       </c>
       <c r="B4" t="str">
-        <v>Vihaan</v>
+        <v>2856204516602703000</v>
       </c>
       <c r="C4" t="str">
-        <v>Dress Code</v>
+        <v>Health Insurance</v>
       </c>
       <c r="D4" t="str">
-        <v>Kidz School</v>
+        <v>HDFC ERGO</v>
       </c>
       <c r="E4" t="str">
-        <v>2025-08-06</v>
+        <v>2025-02-20</v>
       </c>
       <c r="F4" t="str">
-        <v>2026-08-01</v>
+        <v>2026-02-19</v>
       </c>
       <c r="G4">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H4" t="str">
         <v/>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>Family</v>
+        <v>Macbook Pro M3</v>
       </c>
       <c r="B5" t="str">
-        <v>2856204516602703000</v>
+        <v>Macbook</v>
       </c>
       <c r="C5" t="str">
-        <v>Health Insurance</v>
+        <v>Laptop Insurance</v>
       </c>
       <c r="D5" t="str">
-        <v>HDFC ERGO</v>
+        <v>Applecare+</v>
       </c>
       <c r="E5" t="str">
-        <v>2025-02-20</v>
+        <v>2025-08-06</v>
       </c>
       <c r="F5" t="str">
-        <v>2026-02-19</v>
+        <v>2027-06-10</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="str">
         <v/>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>Macbook Pro M3</v>
+        <v>Macbook Air M3</v>
       </c>
       <c r="B6" t="str">
         <v>Macbook</v>
       </c>
       <c r="C6" t="str">
         <v>Laptop Insurance</v>
       </c>
       <c r="D6" t="str">
         <v>Applecare+</v>
       </c>
       <c r="E6" t="str">
         <v>2025-08-06</v>
       </c>
       <c r="F6" t="str">
-        <v>2027-06-10</v>
+        <v>2027-12-27</v>
       </c>
       <c r="G6">
         <v>7</v>
       </c>
       <c r="H6" t="str">
         <v/>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>Macbook Air M3</v>
+        <v>Scott</v>
       </c>
       <c r="B7" t="str">
-        <v>Macbook</v>
+        <v>9363155555</v>
       </c>
       <c r="C7" t="str">
-        <v>Laptop Insurance</v>
+        <v>Mobile</v>
       </c>
       <c r="D7" t="str">
-        <v>Applecare+</v>
+        <v>BSNL</v>
       </c>
       <c r="E7" t="str">
-        <v>2025-08-06</v>
+        <v>2025-08-05</v>
       </c>
       <c r="F7" t="str">
-        <v>2027-12-27</v>
+        <v>2026-06-02</v>
       </c>
       <c r="G7">
         <v>7</v>
       </c>
       <c r="H7" t="str">
         <v/>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Scott</v>
       </c>
       <c r="B8" t="str">
-        <v>9363155555</v>
+        <v>9367733333</v>
       </c>
       <c r="C8" t="str">
         <v>Mobile</v>
       </c>
       <c r="D8" t="str">
         <v>BSNL</v>
       </c>
       <c r="E8" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F8" t="str">
         <v>2026-06-02</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="str">
         <v/>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Scott</v>
       </c>
       <c r="B9" t="str">
-        <v>9367733333</v>
+        <v>9092299999</v>
       </c>
       <c r="C9" t="str">
         <v>Mobile</v>
       </c>
       <c r="D9" t="str">
-        <v>BSNL</v>
+        <v>Jio</v>
       </c>
       <c r="E9" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F9" t="str">
-        <v>2026-06-02</v>
+        <v>2026-05-22</v>
       </c>
       <c r="G9">
         <v>7</v>
       </c>
       <c r="H9" t="str">
         <v/>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Scott</v>
       </c>
       <c r="B10" t="str">
-        <v>9092299999</v>
+        <v>9543322222</v>
       </c>
       <c r="C10" t="str">
         <v>Mobile</v>
       </c>
       <c r="D10" t="str">
-        <v>Jio</v>
+        <v>BSNL</v>
       </c>
       <c r="E10" t="str">
-        <v>2025-08-05</v>
+        <v>2025-09-21</v>
       </c>
       <c r="F10" t="str">
-        <v>2026-05-22</v>
+        <v>2026-08-23</v>
       </c>
       <c r="G10">
         <v>7</v>
       </c>
       <c r="H10" t="str">
         <v/>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Scott</v>
       </c>
       <c r="B11" t="str">
-        <v>9543322222</v>
+        <v>9500800000</v>
       </c>
       <c r="C11" t="str">
         <v>Mobile</v>
       </c>
       <c r="D11" t="str">
-        <v>BSNL</v>
+        <v>Airtel</v>
       </c>
       <c r="E11" t="str">
-        <v>2025-09-21</v>
+        <v>2025-08-11</v>
       </c>
       <c r="F11" t="str">
-        <v>2026-08-23</v>
+        <v>2026-08-10</v>
       </c>
       <c r="G11">
         <v>7</v>
       </c>
       <c r="H11" t="str">
         <v/>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Scott</v>
       </c>
       <c r="B12" t="str">
-        <v>9500800000</v>
+        <v>9362677777</v>
       </c>
       <c r="C12" t="str">
         <v>Mobile</v>
       </c>
       <c r="D12" t="str">
-        <v>Airtel</v>
+        <v>BSNL</v>
       </c>
       <c r="E12" t="str">
-        <v>2025-08-11</v>
+        <v>2025-08-05</v>
       </c>
       <c r="F12" t="str">
-        <v>2026-08-10</v>
+        <v>2026-06-02</v>
       </c>
       <c r="G12">
         <v>7</v>
       </c>
       <c r="H12" t="str">
         <v/>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Scott</v>
       </c>
       <c r="B13" t="str">
-        <v>9362677777</v>
+        <v>9360255555</v>
       </c>
       <c r="C13" t="str">
         <v>Mobile</v>
       </c>
       <c r="D13" t="str">
         <v>BSNL</v>
       </c>
       <c r="E13" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F13" t="str">
         <v>2026-06-02</v>
       </c>
       <c r="G13">
         <v>7</v>
       </c>
       <c r="H13" t="str">
         <v/>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Scott</v>
+        <v>Chintan</v>
       </c>
       <c r="B14" t="str">
-        <v>9360255555</v>
+        <v>9361299999</v>
       </c>
       <c r="C14" t="str">
         <v>Mobile</v>
       </c>
       <c r="D14" t="str">
-        <v>BSNL</v>
+        <v>Jio</v>
       </c>
       <c r="E14" t="str">
-        <v>2025-08-05</v>
+        <v>2025-09-21</v>
       </c>
       <c r="F14" t="str">
-        <v>2026-06-02</v>
+        <v>2026-08-23</v>
       </c>
       <c r="G14">
         <v>7</v>
       </c>
       <c r="H14" t="str">
         <v/>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>Chintan</v>
+        <v>Scott</v>
       </c>
       <c r="B15" t="str">
-        <v>9361299999</v>
+        <v>9942188888</v>
       </c>
       <c r="C15" t="str">
         <v>Mobile</v>
       </c>
       <c r="D15" t="str">
-        <v>Jio</v>
+        <v>BSNL</v>
       </c>
       <c r="E15" t="str">
-        <v>2025-09-21</v>
+        <v>2025-08-05</v>
       </c>
       <c r="F15" t="str">
-        <v>2026-08-23</v>
+        <v>2026-06-02</v>
       </c>
       <c r="G15">
         <v>7</v>
       </c>
       <c r="H15" t="str">
         <v/>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>Scott</v>
+        <v>Sundar</v>
       </c>
       <c r="B16" t="str">
-        <v>9942188888</v>
+        <v>9843350000</v>
       </c>
       <c r="C16" t="str">
         <v>Mobile</v>
       </c>
       <c r="D16" t="str">
-        <v>BSNL</v>
+        <v>Jio</v>
       </c>
       <c r="E16" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F16" t="str">
-        <v>2026-06-02</v>
+        <v>2025-09-27</v>
       </c>
       <c r="G16">
         <v>7</v>
       </c>
       <c r="H16" t="str">
         <v/>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>Sundar</v>
+        <v>Bala</v>
       </c>
       <c r="B17" t="str">
-        <v>9843350000</v>
+        <v>9843525555</v>
       </c>
       <c r="C17" t="str">
         <v>Mobile</v>
       </c>
       <c r="D17" t="str">
-        <v>Jio</v>
+        <v>BSNL</v>
       </c>
       <c r="E17" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F17" t="str">
-        <v>2025-09-27</v>
+        <v>2025-09-10</v>
       </c>
       <c r="G17">
         <v>7</v>
       </c>
       <c r="H17" t="str">
         <v/>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>Bala</v>
+        <v>Scott</v>
       </c>
       <c r="B18" t="str">
-        <v>9843525555</v>
+        <v>9524888888</v>
       </c>
       <c r="C18" t="str">
         <v>Mobile</v>
       </c>
       <c r="D18" t="str">
         <v>BSNL</v>
       </c>
       <c r="E18" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F18" t="str">
-        <v>2025-09-10</v>
+        <v>2026-06-17</v>
       </c>
       <c r="G18">
         <v>7</v>
       </c>
       <c r="H18" t="str">
         <v/>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>Scott</v>
       </c>
       <c r="B19" t="str">
-        <v>9524888888</v>
+        <v>98422 00000</v>
       </c>
       <c r="C19" t="str">
         <v>Mobile</v>
       </c>
       <c r="D19" t="str">
         <v>BSNL</v>
       </c>
       <c r="E19" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F19" t="str">
-        <v>2026-06-17</v>
+        <v>2026-04-09</v>
       </c>
       <c r="G19">
         <v>7</v>
       </c>
       <c r="H19" t="str">
         <v/>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>Scott</v>
+        <v>Senthil Sri Lanka</v>
       </c>
       <c r="B20" t="str">
-        <v>98422 00000</v>
+        <v>7695999999</v>
       </c>
       <c r="C20" t="str">
         <v>Mobile</v>
       </c>
       <c r="D20" t="str">
-        <v>BSNL</v>
+        <v>Hutch SriLanka</v>
       </c>
       <c r="E20" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F20" t="str">
-        <v>2026-04-09</v>
+        <v>2025-09-30</v>
       </c>
       <c r="G20">
         <v>7</v>
       </c>
       <c r="H20" t="str">
         <v/>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>Senthil Sri Lanka</v>
+        <v>Scott</v>
       </c>
       <c r="B21" t="str">
-        <v>7695999999</v>
+        <v>9153011111</v>
       </c>
       <c r="C21" t="str">
         <v>Mobile</v>
       </c>
       <c r="D21" t="str">
-        <v>Hutch SriLanka</v>
+        <v>BSNL</v>
       </c>
       <c r="E21" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F21" t="str">
-        <v>2025-09-30</v>
+        <v>2026-06-02</v>
       </c>
       <c r="G21">
         <v>7</v>
       </c>
       <c r="H21" t="str">
         <v/>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Scott</v>
       </c>
       <c r="B22" t="str">
-        <v>9153011111</v>
+        <v>9344244444</v>
       </c>
       <c r="C22" t="str">
         <v>Mobile</v>
       </c>
       <c r="D22" t="str">
         <v>BSNL</v>
       </c>
       <c r="E22" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F22" t="str">
         <v>2026-06-02</v>
       </c>
       <c r="G22">
         <v>7</v>
       </c>
       <c r="H22" t="str">
         <v/>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Scott</v>
       </c>
       <c r="B23" t="str">
-        <v>9344244444</v>
+        <v>9865033333</v>
       </c>
       <c r="C23" t="str">
         <v>Mobile</v>
       </c>
       <c r="D23" t="str">
         <v>BSNL</v>
       </c>
       <c r="E23" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F23" t="str">
-        <v>2026-06-02</v>
+        <v>2026-08-13</v>
       </c>
       <c r="G23">
         <v>7</v>
       </c>
       <c r="H23" t="str">
         <v/>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Scott</v>
+        <v>Vihaan</v>
       </c>
       <c r="B24" t="str">
-        <v>9865033333</v>
+        <v>9142199999</v>
       </c>
       <c r="C24" t="str">
         <v>Mobile</v>
       </c>
       <c r="D24" t="str">
-        <v>BSNL</v>
+        <v>Jio</v>
       </c>
       <c r="E24" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F24" t="str">
-        <v>2026-08-13</v>
+        <v>2025-12-31</v>
       </c>
       <c r="G24">
         <v>7</v>
       </c>
       <c r="H24" t="str">
         <v/>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>Vihaan</v>
+        <v>Scott</v>
       </c>
       <c r="B25" t="str">
-        <v>9142199999</v>
+        <v>9383066666</v>
       </c>
       <c r="C25" t="str">
         <v>Mobile</v>
       </c>
       <c r="D25" t="str">
-        <v>Jio</v>
+        <v>BSNL</v>
       </c>
       <c r="E25" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F25" t="str">
-        <v>2025-09-04</v>
+        <v>2026-06-02</v>
       </c>
       <c r="G25">
         <v>7</v>
       </c>
       <c r="H25" t="str">
         <v/>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>Scott</v>
+        <v>Sundar Sri Lanka</v>
       </c>
       <c r="B26" t="str">
-        <v>9383066666</v>
+        <v>94721299999</v>
       </c>
       <c r="C26" t="str">
         <v>Mobile</v>
       </c>
       <c r="D26" t="str">
-        <v>BSNL</v>
+        <v>Hutch SriLanka</v>
       </c>
       <c r="E26" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F26" t="str">
-        <v>2026-06-02</v>
+        <v>2026-02-17</v>
       </c>
       <c r="G26">
         <v>7</v>
       </c>
       <c r="H26" t="str">
         <v/>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>Sundar Sri Lanka</v>
+        <v>Haircut</v>
       </c>
       <c r="B27" t="str">
-        <v>94721299999</v>
+        <v xml:space="preserve">For Vihaan </v>
       </c>
       <c r="C27" t="str">
-        <v>Mobile</v>
+        <v>Other</v>
       </c>
       <c r="D27" t="str">
-        <v>Hutch SriLanka</v>
+        <v>Other</v>
       </c>
       <c r="E27" t="str">
         <v>2025-08-05</v>
       </c>
       <c r="F27" t="str">
-        <v>2026-02-17</v>
+        <v>2025-09-06</v>
       </c>
       <c r="G27">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H27" t="str">
         <v/>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>Haircut</v>
+        <v>test</v>
       </c>
       <c r="B28" t="str">
-        <v xml:space="preserve">For Vihaan </v>
+        <v>test</v>
       </c>
       <c r="C28" t="str">
         <v>Other</v>
       </c>
       <c r="D28" t="str">
         <v>Other</v>
       </c>
       <c r="E28" t="str">
-        <v>2025-08-05</v>
+        <v>2025-08-11</v>
       </c>
       <c r="F28" t="str">
-        <v>2025-09-06</v>
+        <v>2025-08-11</v>
       </c>
       <c r="G28">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H28" t="str">
         <v/>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v>test</v>
+        <v>iPhone 16 Pro</v>
       </c>
       <c r="B29" t="str">
-        <v>test</v>
+        <v>Apple Phone</v>
       </c>
       <c r="C29" t="str">
-        <v>Other</v>
+        <v>Phone Insurance</v>
       </c>
       <c r="D29" t="str">
-        <v>Other</v>
+        <v>Applecare+</v>
       </c>
       <c r="E29" t="str">
-        <v>2025-08-11</v>
+        <v>2025-08-06</v>
       </c>
       <c r="F29" t="str">
-        <v>2025-08-11</v>
+        <v>2026-11-21</v>
       </c>
       <c r="G29">
         <v>7</v>
       </c>
       <c r="H29" t="str">
         <v/>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>iPhone 16 Pro</v>
+        <v xml:space="preserve">Watch Ultra </v>
       </c>
       <c r="B30" t="str">
-        <v>Apple Phone</v>
+        <v>Apple Watch</v>
       </c>
       <c r="C30" t="str">
-        <v>Phone Insurance</v>
+        <v>Watch Insurance</v>
       </c>
       <c r="D30" t="str">
         <v>Applecare+</v>
       </c>
       <c r="E30" t="str">
         <v>2025-08-06</v>
       </c>
       <c r="F30" t="str">
-        <v>2026-11-21</v>
+        <v>2025-11-03</v>
       </c>
       <c r="G30">
         <v>7</v>
       </c>
       <c r="H30" t="str">
         <v/>
       </c>
       <c r="I30" t="b">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I31" t="b">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:I31"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:I30"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>RenewalItems</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 